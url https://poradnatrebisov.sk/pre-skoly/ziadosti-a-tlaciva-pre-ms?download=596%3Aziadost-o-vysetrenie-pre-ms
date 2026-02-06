--- v0 (2025-10-23)
+++ v1 (2026-02-06)
@@ -1025,54 +1025,51 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>o poradenstvo:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">pri zvládaní ťažkostí </w:t>
-[...2 lines deleted...]
-        <w:t>vyplývajúcich zo zdravotného znevýhodnenia alebo zo zdravotného postihnutia (zrakové, sluchové, ...),</w:t>
+        <w:t>pri zvládaní ťažkostí vyplývajúcich zo zdravotného znevýhodnenia alebo zo zdravotného postihnutia (zrakové, sluchové, ...),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AAAC25" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00B23185">
       <w:pPr>
         <w:pStyle w:val="Odsekzoznamu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2554"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="exact"/>
         <w:ind w:left="2553"/>
       </w:pPr>
       <w:r>
         <w:t>pri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1314,54 +1311,51 @@
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B23185">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDB80D3" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRPr="00B23185" w:rsidRDefault="00B23185">
       <w:pPr>
         <w:pStyle w:val="Odsekzoznamu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2554"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="2553"/>
       </w:pPr>
       <w:r w:rsidRPr="00B23185">
-        <w:t>ú</w:t>
-[...2 lines deleted...]
-        <w:t>rovne</w:t>
+        <w:t>úrovne</w:t>
       </w:r>
       <w:r w:rsidRPr="00B23185">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23185">
         <w:t>mimoriadneho</w:t>
       </w:r>
       <w:r w:rsidRPr="00B23185">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23185">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>nadania,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EEA1292" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRPr="00B23185" w:rsidRDefault="00B23185">
       <w:pPr>
@@ -2376,57 +2370,51 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>vzdelanie,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CF0BD4F" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00B23185">
       <w:pPr>
         <w:pStyle w:val="Odsekzoznamu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="569"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="724" w:right="401" w:hanging="428"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>nevyhovujúce bytové a hygienické podmienky, v ktorých dieťa vyrastá – abs</w:t>
-[...5 lines deleted...]
-        <w:t>encia miesta na učenie, postele, elektrickej prípojky, pitnej vody, WC,</w:t>
+        <w:t>nevyhovujúce bytové a hygienické podmienky, v ktorých dieťa vyrastá – absencia miesta na učenie, postele, elektrickej prípojky, pitnej vody, WC,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A9B6FA5" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00B23185">
       <w:pPr>
         <w:pStyle w:val="Odsekzoznamu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="569"/>
         </w:tabs>
         <w:spacing w:line="204" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>vyučovací</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2840,58 +2828,51 @@
         </w:tabs>
         <w:ind w:right="746"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.............................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>..............................</w:t>
-[...6 lines deleted...]
-        <w:t>.....................</w:t>
+        <w:t>...................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACB8F16" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00B23185">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5340"/>
         </w:tabs>
         <w:ind w:right="685"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>dátum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>vyplnenia</w:t>
@@ -2914,2711 +2895,867 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pečiatka riaditeľa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> školy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3D323B" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00EB6763">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:sectPr w:rsidR="00EB6763">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11920" w:h="16850"/>
           <w:pgMar w:top="760" w:right="1040" w:bottom="280" w:left="1160" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBCE95C" w14:textId="77777777" w:rsidR="00EB6763" w:rsidRDefault="00B23185">
+    <w:p w14:paraId="68DA4B8F" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis41"/>
+        <w:ind w:left="0" w:right="-6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009738E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>INFORMOVANÝ SÚHLAS  ZÁKONNÉHO  ZÁSTUPCU SO ZARADENÍM DO EVIDENCIE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1991A1FD" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis41"/>
+        <w:ind w:left="0" w:right="-6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009738E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A POSKYTNUTÍM STAROSTLIVOSTI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0300361D" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A28A9C9" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:ind w:right="-6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009738E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Centrum poradenstva a prevencie, Kpt. Nálepku 1057/18, Trebišov, Slovenská republika,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45066727" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:ind w:left="993" w:right="235" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009738E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IČO: 00523551, DIČ: 2021768606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B01990" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="0009738E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:ind w:left="993" w:right="235" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD16D58" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Starostlivosť zahŕňa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> psychologickú, špeciálno-pedagogickú a logopedickú diagnostiku, poradenstvo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>reedukácie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> a psychoterapiu podľa individuálnych potrieb klienta, ktoré sa realizujú len s písomným súhlasom zákonného zástupcu. Jedno stretnutie trvá zvyčajne okolo 1 hodiny. Časový interval je individuálny a určuje ho druh a rozsah poskytnutej služby. Obsah vyšetrenia určuje charakter problému, zvyčajne ide o diagnostiku a</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">poradenstvo pri posudzovaní schopností, osobnosti, záujmov, vedomostí, zručností, prípadne iných oblastí ovplyvňujúcich emocionálny, sociálny a psychický vývin klienta. V prípade súhlasu žiadateľa sa písomná správa zasiela na inštitúcie uvedené v súhlase. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Žiadateľ má právo oboznámiť sa s jej obsahom. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">Súhlas sa vyznačuje na tomto tlačive podčiarknutím, ktoré vykoná pred podpisom žiadanky žiadateľ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5CC67A" w14:textId="41DE92F7" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pri vyšetrení sa používajú</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> diagnostické nástroje, tzv. psychologické alebo špeciálno-pedagogické testy, alebo prístrojové metódy, ktoré vychádzajú z odborných vedeckých princípov platných v psychológii, špeciálnej pedagogike, psychodiagnostike, metodológii a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>psychometrii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>. Kvantitatívne a kvalitatívne údaje z</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22A6A">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>testov sú súčasťou spisu klienta spolu s ostatnými údajmi získanými pred vyšetrením - napr. anamnestické údaje, pedagogická charakteristika, v priebehu vyšetrenia - záznamy z rozhovorov, interpretácie, poznámky a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22A6A">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">po skončení vyšetrenia - správa z diagnostického vyšetrenia, závery z konzultácií. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E36F362" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Osobné údaje zisťované v rozsahu § 11, ods. 6 písm. a) a b) zákona č. 245/2008 Z. z. o výchove a vzdelávaní: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D23F83B" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>O klientovi:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> meno a priezvisko, dátum a miesto narodenia, bydlisko, fyzické zdravie, duševné zdravie, mentálna úroveň vrátane výsledkov pedagogicko-psychologickej a špeciálno-pedagogickej diagnostiky. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F6AC34" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>O rodičoch:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> meno a priezvisko, trvalé bydlisko, telefonický kontakt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D390648" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ďalšia dokumentácia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> v zmysle § 11, ods. 9 zákona č. 245/2008 Z. z. o výchove a vzdelávaní je najmä: správa z diagnostického vyšetrenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB2C542" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78464B4A" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Všetky tieto údaje sú prísne dôverné</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>, psychológ, špeciálny pedagóg, logopéd, kariérový poradca, sociálny pedagóg a sociálny pracovník sú povinní zachovávať mlčanlivosť o skutočnostiach, o ktorých sa dozvedeli pri svojej činnosti a to aj po skončení pracovnoprávneho vzťahu v zariadení podľa zákona § 8 ods. 1, písm. c) zákona č. 552/2003 Z. z. o výkone práce vo verejnom záujme, v zmysle nariadenia Európskeho parlamentu a</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">Rady (EÚ) 2016/679 o ochrane fyzických osôb pri spracúvaní osobných údajov a o voľnom pohybe takýchto údajov a v zmysle § 79 zákona č. 18/2018 Z. z. o ochrane osobných údajov a o zmene a doplnení niektorých zákonov ako aj § 11 ods. 7 zákona č. 245/2008 Z. z. o výchove a vzdelávaní. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC35FAD" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513A4B2F" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Práva klientov/ zákonných zástupcov:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44633406" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CCF9DE0" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo odvolať súhlas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - v prípadoch, kedy Vaše osobné údaje spracúvame na základe Vášho súhlasu, máte právo tento súhlas kedykoľvek odvolať. Súhlas môžete odvolať elektronicky, na adrese zodpovednej osoby, písomne, oznámením o odvolaní súhlasu alebo osobne v sídle našej spoločnosti. Odvolanie súhlasu nemá vplyv na zákonnosť spracúvania osobných údajov, ktoré sme na jeho základe o Vás spracúvali. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E87018" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo na prístup</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - máte právo na poskytnutie kópie osobných údajov, ktoré o Vás máme k dispozícii, ako aj na informácie o tom, ako Vaše osobné údaje používame. Vo väčšine prípadov Vám budú Vaše osobné údaje poskytnuté v písomnej listinnej forme, pokiaľ nepožadujete iný spôsob ich poskytnutia. Ak ste o poskytnutie týchto informácií požiadali elektronickými prostriedkami, budú Vám poskytnuté elektronicky, ak to bude technicky možné. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77211AC3" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo na opravu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - prijímame primerané opatrenia, aby sme zabezpečili presnosť, úplnosť a aktuálnosť informácií, ktoré o Vás máme k dispozícii. Ak si myslíte, že údaje, ktorými disponujeme sú nepresné, neúplné alebo neaktuálne, prosím, neváhajte nás požiadať, aby sme tieto informácie upravili, aktualizovali alebo doplnili.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0CA712" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo na výmaz (na zabudnutie)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - máte právo nás požiadať o vymazanie Vašich osobných údajov,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t>napríklad v</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t>prípade, ak osobné údaje, ktoré sme o Vás získali, už viac nie sú potrebné na naplnenie pôvodného účelu spracúvania. Vaše právo je však potrebné posúdiť z pohľadu všetkých relevantných okolností. Napríklad, môžeme mať určité právne a regulačné povinnosti, čo znamená, že nebudeme môcť Vašej žiadosti vyhovieť.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C723DAD" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo na obmedzenie spracúvania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - za určitých okolností ste oprávnený nás požiadať, aby sme prestali používať Vaše osobné údaje. Ide napríklad o prípady, keď si myslíte, že osobné údaje, ktoré o Vás máme, môžu byť nepresné alebo keď si myslíte, že už Vaše osobné údaje nepotrebujeme využívať.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B4CB0B" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo na prenosnosť údajov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - za určitých okolností máte právo požiadať nás o prenos osobných údajov, ktoré stenám poskytli, na inú tretiu stranu podľa Vášho výberu. Právo na prenosnosť sa však týka len osobných údajov, ktoré sme od Vás získali na základe súhlasu alebo na základe zmluvy, ktorej ste jednou zo zmluvných strán.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DE63D9" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Právo namietať</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - máte právo namietať voči spracúvaniu údajov, ktoré je založené na našich legitímnych oprávnených záujmoch. V prípade, ak nemáme presvedčivý legitímny oprávnený dôvod na spracúvanie a Vy podáte námietku, nebudeme Vaše osobné údaje ďalej spracúvať. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A96986" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00CD6050" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Právo podať návrh na začatie konania o ochrane osobných údajov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:t xml:space="preserve"> - ak sa domnievate, že Vaše osobné údaje spracúvane nespravodlivo alebo nezákonne, môžete podať sťažnosť na dozorný orgán, ktorým je Úrad na ochranu osobných údajov Slovenskej republiky, Hraničná 12, 820 07 Bratislava 27; tel. číslo: +421 /2/ 3231 3214; mail: statny.dozor@pdp.gov.sk, https://dataprotection.gov.sk. V prípade podania návrhu elektronickou formou je potrebné, aby spĺňal náležitosti podľa § 19 ods. 1 zákona č. 71/1967 Zb. o správnom konaní (správny poriadok).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4236E3" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4069F3" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ovinnosti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6050">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>klientov/ zákonných zástupcov:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342D4DB2" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="490A64E7" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00722C6E" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722C6E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Povinnosti klientov a zákonných zástupcov vyplývajú z § 144 zákona 245/2008 Z. z. o výchove a vzdelávaní (školský zákon) v znení neskorších predpisov. Ide najmä o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722C6E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t>rešpektovanie pokynov zamestnancov školského zariadenia, ktoré sú v súlade so všeobecne záväznými právnymi predpismi, vnútornými predpismi ZPP a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722C6E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dobrými mravmi. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722C6E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Zákonný zástupca má právo vybrať pre svoje dieťa školské zariadenie, ktoré poskytuje výchovu a vzdelávanie podľa tohto zákona, zodpovedajúce schopnostiam, zdravotnému stavu, záujmom a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722C6E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>záľubám dieťaťa, jeho vierovyznaniu, svetonázoru, národnosti a etnickej príslušnosti; právo na slobodnú voľbu školy alebo školského zariadenia možno uplatňovať v súlade s možnosťami výchovno-vzdelávacej sústavy. Ďalej informovať školské zariadenie o zmene zdravotnej spôsobilosti jeho dieťaťa, jeho zdravotných problémoch alebo iných závažných skutočnostiach, ktoré by mohli mať vplyv na priebeh výchovy a vzdelávania alebo na výkon odborných činností a poskytovať súčinnosť pri riešení prejavov rizikového správania svojho dieťaťa v škole, ktoré môžu ohroziť bezpečnosť a zdravie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECDD772" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29CF0EFA" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Všetky formy a druhy odbornej starostlivosti sú v centre poradenstva a prevencie poskytované zdarma (§ 130, ods. 11, zákona č. 245/2008 Z. z. o výchove a vzdelávaní). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077E4924" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C8A606" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>1. Po preštudovaní uvedených informácií súhlasím s psychologickým, špeciálno-pedagogickým vyšetrením a</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">poradenstvom pri voľbe povolania. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3695F3A5" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Súhlasím</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> v zmysle § 11, ods. (6), písm. a), b) zákona č. 245/2008 Z. z. o výchove a vzdelávaní s evidovaním a spracovávaním osobných údajov v Centre poradenstva a prevencie Kpt. Nálepku 1057/18, 075 01 Trebišov</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B0D503" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">3. V zmysle § 2 ods. y) zákona č. 245/2008 Z. z. o výchove a vzdelávaní sa žiadateľ oboznámil so všetkými možnosťami vzdelávania dieťaťa alebo vlastného vzdelávania a preberá zodpovednosť za svoje rozhodnutie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E8A649" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Súhlasím / nesúhlasím</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> so zaslaním správy z diagnostického vyšetrenia inštitúcii oprávnenej zo zákona (napr. škole, školskému zariadeniu) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63402252" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Súhlasím / nesúhlasím</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t xml:space="preserve"> so zaslaním správy z diagnostického vyšetrenia inému (napr. neurológ, pediater,... ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E71A1E5" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585C9C91" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Súhlas podčiarknite).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EF405D" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8519E2" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593ED4BB" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A73FDC5" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis41"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5444"/>
+        </w:tabs>
+        <w:spacing w:before="184"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>V .................................,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>dňa ........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BB1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDB67BA" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32271965" w14:textId="77777777" w:rsidR="00D634D4" w:rsidRPr="00095BB1" w:rsidRDefault="00D634D4" w:rsidP="00D634D4">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:ind w:left="4320" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BB1">
+        <w:t>podpis rodiča/zákonného zástupcu/žiadateľa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076180EA" w14:textId="40D5E5B6" w:rsidR="00EB6763" w:rsidRDefault="00EB6763" w:rsidP="00D634D4">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:before="78"/>
         <w:ind w:left="2839" w:right="359" w:hanging="2559"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2619 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EB6763">
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="680" w:right="1040" w:bottom="280" w:left="1160" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
-    <w:altName w:val="Wingdings 2"/>
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C006E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20C80B46"/>
     <w:lvl w:ilvl="0" w:tplc="C2F834F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="568" w:hanging="272"/>
       </w:pPr>
@@ -6058,71 +4195,73 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="sk-SK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB6763"/>
     <w:rsid w:val="0000394D"/>
     <w:rsid w:val="0048563E"/>
     <w:rsid w:val="00574AEC"/>
     <w:rsid w:val="008F18AB"/>
     <w:rsid w:val="00B23185"/>
     <w:rsid w:val="00CA5D88"/>
+    <w:rsid w:val="00D22A6A"/>
     <w:rsid w:val="00D304CE"/>
+    <w:rsid w:val="00D634D4"/>
     <w:rsid w:val="00D81D42"/>
     <w:rsid w:val="00DD2974"/>
     <w:rsid w:val="00EB6763"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6644,50 +4783,65 @@
     <w:pPr>
       <w:ind w:left="3629"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odsekzoznamu">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normlny"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="568" w:hanging="272"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normlny"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nadpis41">
+    <w:name w:val="Nadpis 41"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D634D4"/>
+    <w:pPr>
+      <w:ind w:left="2950"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1800538474">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
@@ -6960,76 +5114,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6063</Characters>
+  <Pages>3</Pages>
+  <Words>1690</Words>
+  <Characters>9639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7112</CharactersWithSpaces>
+  <CharactersWithSpaces>11307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CPPPaP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-04-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">